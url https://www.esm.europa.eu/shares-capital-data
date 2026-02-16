--- v0 (2025-10-17)
+++ v1 (2026-02-16)
@@ -152,54 +152,54 @@
   <si>
     <t>1,250,187</t>
   </si>
   <si>
     <t>125,018,700</t>
   </si>
   <si>
     <t>14,287,850</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>13,696</t>
   </si>
   <si>
     <t>1,369,600</t>
   </si>
   <si>
     <t>156,530</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>19,353</t>
-[...2 lines deleted...]
-    <t>1,935,300</t>
+    <t>28,382</t>
+  </si>
+  <si>
+    <t>2,838,200</t>
   </si>
   <si>
     <t>221,200</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>28,634</t>
   </si>
   <si>
     <t>2,863,400</t>
   </si>
   <si>
     <t>327,200</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>17,477</t>
   </si>
   <si>
     <t>1,747,700</t>
   </si>
@@ -654,374 +654,374 @@
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1">
-        <v>3.425</v>
+        <v>3.4207</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="1">
-        <v>26.7402</v>
+        <v>26.7062</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="1">
-        <v>0.2527</v>
+        <v>0.2524</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="1">
-        <v>1.5684</v>
+        <v>1.5664</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="1">
-        <v>2.7745</v>
+        <v>2.771</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="1">
-        <v>11.7256</v>
+        <v>11.7107</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="1">
-        <v>20.0809</v>
+        <v>20.0554</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="1">
-        <v>0.5215</v>
+        <v>0.5209</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="1">
-        <v>17.6457</v>
+        <v>17.6232</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="1">
-        <v>0.1933</v>
+        <v>0.1931</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B12" s="1">
-        <v>0.2732</v>
+        <v>0.4001</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B13" s="1">
-        <v>0.4042</v>
+        <v>0.4036</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B14" s="1">
-        <v>0.2467</v>
+        <v>0.2464</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0892</v>
+        <v>0.0891</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>59</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B16" s="1">
-        <v>5.6315</v>
+        <v>5.6243</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B17" s="1">
-        <v>2.7418</v>
+        <v>2.7383</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B18" s="1">
-        <v>2.4716</v>
+        <v>2.4685</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B19" s="1">
-        <v>0.4643</v>
+        <v>0.4637</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>74</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B20" s="1">
-        <v>0.9791</v>
+        <v>0.9779</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B21" s="1">
-        <v>1.7706</v>
+        <v>1.7683</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">