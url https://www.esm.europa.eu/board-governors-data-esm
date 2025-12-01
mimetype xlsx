--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -23,81 +23,81 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Board of Governors (ESM)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
-    <t>Paschal Donohoe</t>
+    <t>Vincent Van Peteghem</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>Minister of Finance</t>
+  </si>
+  <si>
+    <t>Lars Klingbeil</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Federal Minister of Finance</t>
+  </si>
+  <si>
+    <t>Jürgen Ligi</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>Simon Harris</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>Eurogroup President, Chairperson of the Board of Governors, Minister for Finance</t>
-[...23 lines deleted...]
-    <t>Estonia</t>
+    <t>Tánaiste and Minister for Finance</t>
   </si>
   <si>
     <t>Kyriakos Pierrakakis</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Minister of Economy and Finance</t>
   </si>
   <si>
     <t>Carlos Cuerpo</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Minister of Economy, Trade and Business</t>
   </si>
   <si>
     <t>Eric Lombard</t>
   </si>
   <si>
     <t>France</t>
   </si>
@@ -525,282 +525,282 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>