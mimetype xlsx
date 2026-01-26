--- v1 (2025-12-01)
+++ v2 (2026-01-26)
@@ -74,57 +74,57 @@
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Tánaiste and Minister for Finance</t>
   </si>
   <si>
     <t>Kyriakos Pierrakakis</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Minister of Economy and Finance</t>
   </si>
   <si>
     <t>Carlos Cuerpo</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Minister of Economy, Trade and Business</t>
   </si>
   <si>
-    <t>Eric Lombard</t>
+    <t>Roland Lescure</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>Minister for the Economy, Finance and Industrial and Digital Sovereignty</t>
+    <t>Minister of Economy, Finance and Industrial, Energy and Digital Sovereignty</t>
   </si>
   <si>
     <t>Marko Primorac</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Giancarlo Giorgetti</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Makis Keravnos</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Arvils Aseradens</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
@@ -525,51 +525,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">