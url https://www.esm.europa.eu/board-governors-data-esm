--- v2 (2026-01-26)
+++ v3 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Board of Governors (ESM)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Vincent Van Peteghem</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Minister of Finance</t>
   </si>
   <si>
     <t>Lars Klingbeil</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
@@ -83,54 +83,57 @@
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Minister of Economy and Finance</t>
   </si>
   <si>
     <t>Carlos Cuerpo</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Minister of Economy, Trade and Business</t>
   </si>
   <si>
     <t>Roland Lescure</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Minister of Economy, Finance and Industrial, Energy and Digital Sovereignty</t>
   </si>
   <si>
-    <t>Marko Primorac</t>
+    <t>Tomislav Ćorić</t>
   </si>
   <si>
     <t>Croatia</t>
+  </si>
+  <si>
+    <t>Deputy Prime Minister and Minister of Finance</t>
   </si>
   <si>
     <t>Giancarlo Giorgetti</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Makis Keravnos</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Arvils Aseradens</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>Kristupas Vaitiekūnas</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
@@ -624,180 +627,180 @@
         <v>18</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>