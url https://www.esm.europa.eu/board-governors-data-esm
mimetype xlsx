--- v3 (2026-02-16)
+++ v4 (2026-03-08)
@@ -12,179 +12,185 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Board of Governors (ESM)" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Vincent Van Peteghem</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
+    <t>Deputy Prime Minister and Minister for the Budget, in charge of Administrative Simplification</t>
+  </si>
+  <si>
+    <t>Lars Klingbeil</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Vice Chancellor and Federal Minister of Finance</t>
+  </si>
+  <si>
+    <t>Jürgen Ligi</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
     <t>Minister of Finance</t>
   </si>
   <si>
-    <t>Lars Klingbeil</t>
-[...2 lines deleted...]
-    <t>Germany</t>
+    <t>Simon Harris</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>Tánaiste and Minister for Finance</t>
+  </si>
+  <si>
+    <t>Kyriakos Pierrakakis</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>Minister of Economy and Finance</t>
+  </si>
+  <si>
+    <t>Carlos Cuerpo</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Minister of Economy, Trade and Business</t>
+  </si>
+  <si>
+    <t>Roland Lescure</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Minister of Economy, Finance and Industrial, Energy and Digital Sovereignty</t>
+  </si>
+  <si>
+    <t>Tomislav Ćorić</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Deputy Prime Minister and Minister of Finance</t>
+  </si>
+  <si>
+    <t>Giancarlo Giorgetti</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Makis Keravnos</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>Arvils Ašeradens</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>Kristupas Vaitiekūnas</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>Gilles Roth</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>Clyde Caruana</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>Ministry for Finance</t>
+  </si>
+  <si>
+    <t>Eelco Heinen</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>Markus Marterbauer</t>
+  </si>
+  <si>
+    <t>Austria</t>
   </si>
   <si>
     <t>Federal Minister of Finance</t>
-  </si>
-[...100 lines deleted...]
-    <t>Austria</t>
   </si>
   <si>
     <t>Joaquim Miranda Sarmento</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Minister of State and Finance</t>
   </si>
   <si>
     <t>Klemen Boštjančič</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Ladislav Kamenicky</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Riikka Purra</t>
   </si>
@@ -528,282 +534,282 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>