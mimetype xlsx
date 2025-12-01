--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -71,51 +71,51 @@
   <si>
     <t>Märten Ross</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Deputy Secretary General for Financial Policy and External Relations</t>
   </si>
   <si>
     <t>Emma Cunningham</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Assistant Secretary General, Department of Finance</t>
   </si>
   <si>
     <t>Zafeira Kastrinaki</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>Chairman of the Council of Economic Advisors</t>
+    <t>Chair of the Council of Economic Advisors</t>
   </si>
   <si>
     <t>Paula Conthe</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Secretary General of Spanish Treasury</t>
   </si>
   <si>
     <t>Bertrand Dumont</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Director General of the Treasury</t>
   </si>
   <si>
     <t>Stipe Župan</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>