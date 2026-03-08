--- v1 (2025-12-01)
+++ v2 (2026-03-08)
@@ -80,51 +80,51 @@
   <si>
     <t>Emma Cunningham</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Assistant Secretary General, Department of Finance</t>
   </si>
   <si>
     <t>Zafeira Kastrinaki</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Chair of the Council of Economic Advisors</t>
   </si>
   <si>
     <t>Paula Conthe</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>Secretary General of Spanish Treasury</t>
+    <t>Secretary General of the Treasury and International Financing, Ministry of Economy, Trade and Business</t>
   </si>
   <si>
     <t>Bertrand Dumont</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Director General of the Treasury</t>
   </si>
   <si>
     <t>Stipe Župan</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>State Secretary at the Ministry of Finance</t>
   </si>
   <si>
     <t>Riccardo Barbieri Hermitte</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
@@ -149,69 +149,69 @@
   <si>
     <t>Mindaugas Pakštys</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Advisor to the Minister of Finance</t>
   </si>
   <si>
     <t>Nicolas Jost</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Deputy Secretary General, Ministry of Finance</t>
   </si>
   <si>
     <t>Paul Zahra</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
-    <t>Permanent Secretary, Ministry for Finance and Employment</t>
+    <t>Permanent Secretary, Ministry for Finance</t>
   </si>
   <si>
     <t>Jasper Wesseling</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Treasurer-General at the Ministry of Finance</t>
   </si>
   <si>
     <t>Harald Waiglein</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>Director General for Economic and Finance, Chairperson of EFSF BoD</t>
+    <t>Director General for Economic Policy and Financial Markets, Chairperson of the BoD</t>
   </si>
   <si>
     <t>José Maria Brandão de Brito</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Deputy Minister and Secretary of State for the Budget</t>
   </si>
   <si>
     <t>Katja Lautar</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Director General, Economic and Fiscal Policy Directorate</t>
   </si>
   <si>
     <t>Peter Paluš</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>