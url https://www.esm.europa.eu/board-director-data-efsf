--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -65,51 +65,51 @@
   <si>
     <t>Märten Ross</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Deputy Secretary General for Financial Policy and External Relations</t>
   </si>
   <si>
     <t>Emma Cunningham</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Assistant Secretary General, Department of Finance</t>
   </si>
   <si>
     <t>Zafeira Kastrinaki</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>Chairman of the Council of Economic Advisors</t>
+    <t>Chair of the Council of Economic Advisors</t>
   </si>
   <si>
     <t>Paula Conthe</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Secretary General of Spanish Treasury</t>
   </si>
   <si>
     <t>Bertrand Dumont</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Director General of the Treasury</t>
   </si>
   <si>
     <t>Riccardo Barbieri Hermitte</t>
   </si>
   <si>
     <t>Italy</t>
   </si>