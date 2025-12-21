--- v1 (2025-12-01)
+++ v2 (2025-12-21)
@@ -32,57 +32,57 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Steven Costers</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Counselor General, Ministry of Finance</t>
   </si>
   <si>
-    <t>Heiko Thoms</t>
+    <t>Jeanette Schwamberger</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>State Secretary for Financial Market Policy, European Policy and International Financial Policy</t>
+    <t>State Secretary at the Federal Ministry of Finance, European Policy and International Financial Policy and Financial Market Policy</t>
   </si>
   <si>
     <t>Märten Ross</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Deputy Secretary General for Financial Policy and External Relations</t>
   </si>
   <si>
     <t>Emma Cunningham</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Assistant Secretary General, Department of Finance</t>
   </si>
   <si>
     <t>Zafeira Kastrinaki</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
@@ -531,51 +531,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="154.391" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">