--- v2 (2025-12-21)
+++ v3 (2026-02-24)
@@ -74,111 +74,111 @@
   <si>
     <t>Emma Cunningham</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Assistant Secretary General, Department of Finance</t>
   </si>
   <si>
     <t>Zafeira Kastrinaki</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Chair of the Council of Economic Advisors</t>
   </si>
   <si>
     <t>Paula Conthe</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>Secretary General of Spanish Treasury</t>
+    <t>Secretary General of the Treasury and International Financing, Ministry of Economy, Trade and Business</t>
   </si>
   <si>
     <t>Bertrand Dumont</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Director General of the Treasury</t>
   </si>
   <si>
     <t>Riccardo Barbieri Hermitte</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Andreas Zachariades</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Permanent Secretary</t>
   </si>
   <si>
     <t>Nicolas Jost</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Deputy Secretary General, Ministry of Finance</t>
   </si>
   <si>
     <t>Paul Zahra</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
-    <t>Permanent Secretary, Ministry for Finance and Employment</t>
+    <t>Permanent Secretary, Ministry for Finance</t>
   </si>
   <si>
     <t>Jasper Wesseling</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Treasurer-General at the Ministry of Finance</t>
   </si>
   <si>
     <t>Harald Waiglein</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>Director General for Economic and Finance, Chairperson of EFSF BoD</t>
+    <t>Director General for Economic Policy and Financial Markets, Chairperson of the BoD</t>
   </si>
   <si>
     <t>José Maria Brandão de Brito</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Deputy Minister and Secretary of State for the Budget</t>
   </si>
   <si>
     <t>Žiga Lavrič</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Financial Counsellor, permanent representation of Slovenia to the EU</t>
   </si>
   <si>
     <t>Peter Paluš</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>